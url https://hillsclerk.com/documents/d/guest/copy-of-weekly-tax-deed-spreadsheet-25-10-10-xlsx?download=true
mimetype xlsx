--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\Groups\LEGAL\SKR work product\ADA Tax Deed spreadsheets\Available funds spreadsheet\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6F146036-4FBA-4AB3-B93B-170A71E33B8B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{035B3C33-43EB-4114-87D1-CEA0A68F4B11}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tax Deed" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Tax Deed'!$A$2:$B$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Tax Deed'!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -129,53 +129,50 @@
   <si>
     <t>24-LW-000810</t>
   </si>
   <si>
     <t>24-LW-000306</t>
   </si>
   <si>
     <t>25-LW-000086</t>
   </si>
   <si>
     <t>25-LW-000118</t>
   </si>
   <si>
     <t>25-LW-000173</t>
   </si>
   <si>
     <t>25-LW-000249</t>
   </si>
   <si>
     <t>25-LW-000252</t>
   </si>
   <si>
     <t>25-LW-000265</t>
   </si>
   <si>
-    <t>25-LW-000225</t>
-[...1 lines deleted...]
-  <si>
     <t>25-LW-000325</t>
   </si>
   <si>
     <t>25-LW-000326</t>
   </si>
   <si>
     <t>25-LW-000352</t>
   </si>
   <si>
     <t>25-LW-000342</t>
   </si>
   <si>
     <t>25-LW-000378</t>
   </si>
   <si>
     <t>25-LW-000397</t>
   </si>
   <si>
     <t>25-LW-000404</t>
   </si>
   <si>
     <t>25-LW-000429</t>
   </si>
   <si>
     <t>25-LW-000455</t>
@@ -189,54 +186,57 @@
   <si>
     <t>25-LW-000514</t>
   </si>
   <si>
     <t>25-LW-000549</t>
   </si>
   <si>
     <t>25-LW-000556</t>
   </si>
   <si>
     <t>25-LW-000564</t>
   </si>
   <si>
     <t>25-LW-000574</t>
   </si>
   <si>
     <t>25-LW-000588</t>
   </si>
   <si>
     <t>25-LW-000531</t>
   </si>
   <si>
     <t>25-LW-000669</t>
   </si>
   <si>
-    <t>as of 10/17/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>25-LW-000676</t>
+  </si>
+  <si>
+    <t>25-LW-000690</t>
+  </si>
+  <si>
+    <t>as of 11/21/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1142,63 +1142,63 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:B81"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A19" workbookViewId="0">
-      <selection activeCell="C3" sqref="C3"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="E12" sqref="E12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.5703125" style="3" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="5">
         <v>59530.89</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="5">
         <v>89470.91</v>
       </c>
@@ -1362,251 +1362,251 @@
       <c r="B24" s="5">
         <v>14078.24</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="5">
         <v>26747.9</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="5">
         <v>76.13</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="5">
-        <v>64520.85</v>
+        <v>19843.03</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B28" s="5">
-        <v>283830.98</v>
+        <v>276624.62</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B29" s="5">
-        <v>112145.94</v>
+        <v>18281.189999999999</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B30" s="5">
-        <v>18281.189999999999</v>
+        <v>10573.8</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B31" s="5">
-        <v>10573.8</v>
+        <v>13971.45</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B32" s="5">
-        <v>13971.45</v>
+        <v>92045.7</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B33" s="5">
-        <v>92045.7</v>
+        <v>251586.17</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B34" s="5">
-        <v>251586.17</v>
+        <v>13694.789999999999</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B35" s="5">
-        <v>13694.789999999999</v>
+        <v>30227.34</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B36" s="5">
-        <v>30227.34</v>
+        <v>23874.09</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B37" s="5">
-        <v>23874.09</v>
+        <v>12322.8</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B38" s="5">
-        <v>12322.8</v>
+        <v>22389.16</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B39" s="5">
-        <v>22389.16</v>
+        <v>47357.27</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B40" s="5">
-        <v>47357.27</v>
+        <v>1264.7</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B41" s="5">
-        <v>1264.7</v>
+        <v>4931.8</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B42" s="5">
-        <v>4931.8</v>
+        <v>794.27</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B43" s="5">
-        <v>794.27</v>
+        <v>75628.69</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B44" s="5">
-        <v>75628.69</v>
+        <v>9511.1200000000008</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="B45" s="5">
-        <v>9511.1200000000008</v>
+        <v>33288.75</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B46" s="5">
-        <v>33288.75</v>
+        <v>148.65</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B47" s="5">
-        <v>148.65</v>
+        <v>5944.21</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B48" s="5">
-        <v>5944.21</v>
+        <v>44355.55</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B49" s="5">
-        <v>44355.55</v>
+        <v>89431.47</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B50" s="5">
-        <v>89431.47</v>
+        <v>436044.31</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B51" s="5">
-        <v>436044.31</v>
+        <v>78021.509999999995</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B52" s="5">
-        <v>78021.509999999995</v>
+        <v>7414.1</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="2"/>
       <c r="B53" s="5"/>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="2"/>
       <c r="B54" s="5"/>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="2"/>
       <c r="B55" s="5"/>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="2"/>
       <c r="B56" s="5"/>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="2"/>
       <c r="B57" s="5"/>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="2"/>
       <c r="B58" s="5"/>