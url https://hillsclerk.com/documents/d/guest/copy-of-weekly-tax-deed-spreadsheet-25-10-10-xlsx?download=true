--- v1 (2025-12-03)
+++ v2 (2026-01-23)
@@ -1,178 +1,166 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\Groups\LEGAL\SKR work product\ADA Tax Deed spreadsheets\Available funds spreadsheet\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{035B3C33-43EB-4114-87D1-CEA0A68F4B11}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{59B843E1-26C4-4BDC-BDC0-E6765844C5C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tax Deed" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Tax Deed'!$A$2:$B$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Tax Deed'!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
   <si>
     <t>CASE NUMBER</t>
   </si>
   <si>
     <t>BALANCE</t>
   </si>
   <si>
     <t>16-LW-000319</t>
   </si>
   <si>
     <t>17-LW-000827</t>
   </si>
   <si>
     <t>18-LW-000360</t>
   </si>
   <si>
     <t>21-LW-000195</t>
   </si>
   <si>
     <t>21-LW-000522</t>
   </si>
   <si>
     <t>22-LW-000082</t>
   </si>
   <si>
     <t>23-LW-001012</t>
   </si>
   <si>
     <t>24-LW-000041</t>
   </si>
   <si>
     <t>24-LW-000029</t>
   </si>
   <si>
     <t>24-LW-000175</t>
   </si>
   <si>
-    <t>24-LW-000203</t>
-[...1 lines deleted...]
-  <si>
     <t>24-LW-000221</t>
   </si>
   <si>
     <t>24-LW-000289</t>
   </si>
   <si>
     <t>24-LW-000412</t>
   </si>
   <si>
     <t>24-LW-000437</t>
   </si>
   <si>
     <t>24-LW-000450</t>
   </si>
   <si>
     <t>24-LW-000588</t>
   </si>
   <si>
     <t>24-LW-000672</t>
   </si>
   <si>
     <t>24-LW-000677</t>
   </si>
   <si>
     <t>24-LW-000767</t>
   </si>
   <si>
-    <t>24-LW-000775</t>
-[...1 lines deleted...]
-  <si>
     <t>24-LW-000810</t>
   </si>
   <si>
     <t>24-LW-000306</t>
   </si>
   <si>
     <t>25-LW-000086</t>
   </si>
   <si>
     <t>25-LW-000118</t>
   </si>
   <si>
     <t>25-LW-000173</t>
   </si>
   <si>
-    <t>25-LW-000249</t>
-[...1 lines deleted...]
-  <si>
     <t>25-LW-000252</t>
   </si>
   <si>
-    <t>25-LW-000265</t>
-[...1 lines deleted...]
-  <si>
     <t>25-LW-000325</t>
   </si>
   <si>
     <t>25-LW-000326</t>
   </si>
   <si>
     <t>25-LW-000352</t>
   </si>
   <si>
     <t>25-LW-000342</t>
   </si>
   <si>
     <t>25-LW-000378</t>
   </si>
   <si>
     <t>25-LW-000397</t>
   </si>
   <si>
     <t>25-LW-000404</t>
   </si>
   <si>
     <t>25-LW-000429</t>
   </si>
   <si>
     <t>25-LW-000455</t>
@@ -192,51 +180,60 @@
   <si>
     <t>25-LW-000556</t>
   </si>
   <si>
     <t>25-LW-000564</t>
   </si>
   <si>
     <t>25-LW-000574</t>
   </si>
   <si>
     <t>25-LW-000588</t>
   </si>
   <si>
     <t>25-LW-000531</t>
   </si>
   <si>
     <t>25-LW-000669</t>
   </si>
   <si>
     <t>25-LW-000676</t>
   </si>
   <si>
     <t>25-LW-000690</t>
   </si>
   <si>
-    <t>as of 11/21/2025</t>
+    <t>25-LW-000833</t>
+  </si>
+  <si>
+    <t>25-LW-000837</t>
+  </si>
+  <si>
+    <t>as of 01/16/2026</t>
+  </si>
+  <si>
+    <t>26-LW-000013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1143,62 +1140,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:B81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E12" sqref="E12"/>
+      <selection activeCell="E7" sqref="E7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.5703125" style="3" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="5">
         <v>59530.89</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="5">
         <v>89470.91</v>
       </c>
@@ -1250,364 +1247,360 @@
       <c r="B10" s="5">
         <v>977.72</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="5">
         <v>62.57</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="5">
         <v>14837.84</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="5">
-        <v>51016.62</v>
+        <v>7635.16</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="5">
-        <v>7635.16</v>
+        <v>36.39</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="B15" s="5">
-        <v>36.39</v>
+        <v>1434.2</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="B16" s="5">
-        <v>1434.2</v>
+        <v>1217.57</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="5">
-        <v>1217.57</v>
+        <v>60338.130000000005</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="5">
-        <v>60338.130000000005</v>
+        <v>3815.01</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="5">
-        <v>3815.01</v>
+        <v>44107.61</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="5">
-        <v>44107.61</v>
+        <v>143603.92000000001</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="5">
-        <v>143603.92000000001</v>
+        <v>39011.43</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="5">
-        <v>39011.43</v>
+        <v>420.4</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="5">
-        <v>420.4</v>
+        <v>26747.9</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B24" s="5">
-        <v>14078.24</v>
+        <v>76.13</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B25" s="5">
-        <v>26747.9</v>
+        <v>19843.03</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="5">
-        <v>76.13</v>
+        <v>276624.62</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="5">
-        <v>19843.03</v>
+        <v>10573.8</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B28" s="5">
-        <v>276624.62</v>
+        <v>71085.7</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B29" s="5">
-        <v>18281.189999999999</v>
+        <v>236526.17</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B30" s="5">
-        <v>10573.8</v>
+        <v>13694.789999999999</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B31" s="5">
-        <v>13971.45</v>
+        <v>30227.34</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B32" s="5">
-        <v>92045.7</v>
+        <v>23874.09</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B33" s="5">
-        <v>251586.17</v>
+        <v>12322.8</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B34" s="5">
-        <v>13694.789999999999</v>
+        <v>22389.16</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B35" s="5">
-        <v>30227.34</v>
+        <v>47357.27</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="5">
-        <v>23874.09</v>
+        <v>1264.7</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B37" s="5">
-        <v>12322.8</v>
+        <v>4931.8</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B38" s="5">
-        <v>22389.16</v>
+        <v>794.27</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B39" s="5">
-        <v>47357.27</v>
+        <v>75628.69</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B40" s="5">
-        <v>1264.7</v>
+        <v>11561.970000000001</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B41" s="5">
-        <v>4931.8</v>
+        <v>33288.75</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B42" s="5">
-        <v>794.27</v>
+        <v>148.65</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B43" s="5">
-        <v>75628.69</v>
+        <v>5944.21</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="B44" s="5">
-        <v>9511.1200000000008</v>
+        <v>44355.55</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B45" s="5">
-        <v>33288.75</v>
+        <v>89431.47</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B46" s="5">
-        <v>148.65</v>
+        <v>436044.31</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B47" s="5">
-        <v>5944.21</v>
+        <v>78021.509999999995</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B48" s="5">
-        <v>44355.55</v>
+        <v>7414.1</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B49" s="5">
-        <v>89431.47</v>
+        <v>275234.63</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B50" s="5">
-        <v>436044.31</v>
+        <v>175584.44</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B51" s="5">
-        <v>78021.509999999995</v>
+        <v>72918.33</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A52" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A52" s="2"/>
+      <c r="B52" s="5"/>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="2"/>
       <c r="B53" s="5"/>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="2"/>
       <c r="B54" s="5"/>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="2"/>
       <c r="B55" s="5"/>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="2"/>
       <c r="B56" s="5"/>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="2"/>
       <c r="B57" s="5"/>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="2"/>
       <c r="B58" s="5"/>
     </row>