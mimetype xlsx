--- v2 (2026-01-23)
+++ v3 (2026-03-09)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\Groups\LEGAL\SKR work product\ADA Tax Deed spreadsheets\Available funds spreadsheet\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Leberte\Documents\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{59B843E1-26C4-4BDC-BDC0-E6765844C5C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FF009BEA-C5F4-48A4-94BA-73D55F197CF3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="29340" yWindow="240" windowWidth="26805" windowHeight="14985" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tax Deed" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Tax Deed'!$A$2:$B$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Tax Deed'!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -102,138 +102,138 @@
   <si>
     <t>24-LW-000412</t>
   </si>
   <si>
     <t>24-LW-000437</t>
   </si>
   <si>
     <t>24-LW-000450</t>
   </si>
   <si>
     <t>24-LW-000588</t>
   </si>
   <si>
     <t>24-LW-000672</t>
   </si>
   <si>
     <t>24-LW-000677</t>
   </si>
   <si>
     <t>24-LW-000767</t>
   </si>
   <si>
     <t>24-LW-000810</t>
   </si>
   <si>
-    <t>24-LW-000306</t>
-[...1 lines deleted...]
-  <si>
     <t>25-LW-000086</t>
   </si>
   <si>
     <t>25-LW-000118</t>
   </si>
   <si>
     <t>25-LW-000173</t>
   </si>
   <si>
     <t>25-LW-000252</t>
   </si>
   <si>
     <t>25-LW-000325</t>
   </si>
   <si>
     <t>25-LW-000326</t>
   </si>
   <si>
     <t>25-LW-000352</t>
   </si>
   <si>
     <t>25-LW-000342</t>
   </si>
   <si>
     <t>25-LW-000378</t>
   </si>
   <si>
     <t>25-LW-000397</t>
   </si>
   <si>
     <t>25-LW-000404</t>
   </si>
   <si>
     <t>25-LW-000429</t>
   </si>
   <si>
     <t>25-LW-000455</t>
   </si>
   <si>
-    <t>25-LW-000460</t>
-[...1 lines deleted...]
-  <si>
     <t>25-LW-000470</t>
   </si>
   <si>
     <t>25-LW-000514</t>
   </si>
   <si>
     <t>25-LW-000549</t>
   </si>
   <si>
-    <t>25-LW-000556</t>
-[...1 lines deleted...]
-  <si>
     <t>25-LW-000564</t>
   </si>
   <si>
     <t>25-LW-000574</t>
   </si>
   <si>
     <t>25-LW-000588</t>
   </si>
   <si>
     <t>25-LW-000531</t>
   </si>
   <si>
     <t>25-LW-000669</t>
   </si>
   <si>
     <t>25-LW-000676</t>
   </si>
   <si>
     <t>25-LW-000690</t>
   </si>
   <si>
     <t>25-LW-000833</t>
   </si>
   <si>
     <t>25-LW-000837</t>
   </si>
   <si>
-    <t>as of 01/16/2026</t>
-[...1 lines deleted...]
-  <si>
     <t>26-LW-000013</t>
+  </si>
+  <si>
+    <t>26-LW-000003</t>
+  </si>
+  <si>
+    <t>as of 03/06/2026</t>
+  </si>
+  <si>
+    <t>26-LW-000065</t>
+  </si>
+  <si>
+    <t>26-LW-000067</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1140,62 +1140,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:B81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E7" sqref="E7"/>
+      <selection activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.5703125" style="3" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="5">
         <v>59530.89</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="5">
         <v>89470.91</v>
       </c>
@@ -1260,342 +1260,342 @@
       <c r="A12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="5">
         <v>14837.84</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="5">
         <v>7635.16</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="5">
         <v>36.39</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="B15" s="5">
-        <v>1434.2</v>
+        <v>1217.57</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B16" s="5">
-        <v>1217.57</v>
+        <v>60338.130000000005</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B17" s="5">
-        <v>60338.130000000005</v>
+        <v>3815.01</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B18" s="5">
-        <v>3815.01</v>
+        <v>44107.61</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B19" s="5">
-        <v>44107.61</v>
+        <v>143603.92000000001</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B20" s="5">
-        <v>143603.92000000001</v>
+        <v>39011.43</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B21" s="5">
-        <v>39011.43</v>
+        <v>420.4</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B22" s="5">
-        <v>420.4</v>
+        <v>26747.9</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B23" s="5">
-        <v>26747.9</v>
+        <v>76.13</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="5">
-        <v>76.13</v>
+        <v>9921.5099999999984</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="5">
-        <v>19843.03</v>
+        <v>276624.62</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="5">
-        <v>276624.62</v>
+        <v>10573.8</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="5">
-        <v>10573.8</v>
+        <v>40763.429999999993</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B28" s="5">
-        <v>71085.7</v>
+        <v>59345.750000000015</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B29" s="5">
-        <v>236526.17</v>
+        <v>13694.789999999999</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B30" s="5">
-        <v>13694.789999999999</v>
+        <v>30227.34</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B31" s="5">
-        <v>30227.34</v>
+        <v>23874.09</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B32" s="5">
-        <v>23874.09</v>
+        <v>12322.8</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B33" s="5">
-        <v>12322.8</v>
+        <v>22389.16</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B34" s="5">
-        <v>22389.16</v>
+        <v>47357.27</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B35" s="5">
-        <v>47357.27</v>
+        <v>1264.7</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="5">
-        <v>1264.7</v>
+        <v>794.27</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B37" s="5">
-        <v>4931.8</v>
+        <v>50117.279999999999</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B38" s="5">
-        <v>794.27</v>
+        <v>11561.970000000001</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B39" s="5">
-        <v>75628.69</v>
+        <v>7627.260000000002</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="B40" s="5">
-        <v>11561.970000000001</v>
+        <v>5944.21</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B41" s="5">
-        <v>33288.75</v>
+        <v>44355.55</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B42" s="5">
-        <v>148.65</v>
+        <v>89431.47</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B43" s="5">
-        <v>5944.21</v>
+        <v>436044.31</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B44" s="5">
-        <v>44355.55</v>
+        <v>78021.509999999995</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B45" s="5">
-        <v>89431.47</v>
+        <v>7414.1</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B46" s="5">
-        <v>436044.31</v>
+        <v>275234.63</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B47" s="5">
-        <v>78021.509999999995</v>
+        <v>175584.44</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B48" s="5">
-        <v>7414.1</v>
+        <v>60466.869999999995</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B49" s="5">
-        <v>275234.63</v>
+        <v>72918.33</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B50" s="5">
-        <v>175584.44</v>
+        <v>47251.64</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B51" s="5">
-        <v>72918.33</v>
+        <v>82251.33</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="2"/>
       <c r="B52" s="5"/>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="2"/>
       <c r="B53" s="5"/>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="2"/>
       <c r="B54" s="5"/>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="2"/>
       <c r="B55" s="5"/>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="2"/>
       <c r="B56" s="5"/>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="2"/>
       <c r="B57" s="5"/>